--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3eb21e75dda4314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re845ca6821034f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914a3c7cc98d41b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13d150621384a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98203d5329b84ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914a3c7cc98d41b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4719e6ac841449f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13d150621384a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0185829071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>72,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,375</x:t>
-[...11 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,775</x:t>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,675</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>72,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>73,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,275</x:t>
-[...328 lines deleted...]
-          <x:t>72,975</x:t>
+          <x:t>74,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>