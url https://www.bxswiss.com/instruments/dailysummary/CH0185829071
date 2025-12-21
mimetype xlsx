--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re845ca6821034f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa75b6f1ed74c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13d150621384a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c79ee962e8d47db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4719e6ac841449f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13d150621384a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f55e916d8c4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c79ee962e8d47db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0185829071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,275</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,125</x:t>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>73,275</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,875</x:t>
-[...97 lines deleted...]
-          <x:t>73,600</x:t>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,850</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>74,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>