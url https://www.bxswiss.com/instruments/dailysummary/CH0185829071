--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fa75b6f1ed74c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae621e97dfe4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c79ee962e8d47db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e252f169ff43ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85f55e916d8c4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c79ee962e8d47db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b90e60adaae48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e252f169ff43ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0185829071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,400</x:t>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>75,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,650</x:t>
-[...107 lines deleted...]
-          <x:t>76,850</x:t>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,600</x:t>
-[...269 lines deleted...]
-          <x:t>73,850</x:t>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>