--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae621e97dfe4b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4b2ea18d7a4cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e252f169ff43ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84120bcb291a4b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b90e60adaae48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e252f169ff43ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33f777312864d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84120bcb291a4b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0185829071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>77,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>