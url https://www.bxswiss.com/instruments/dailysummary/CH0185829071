--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4b2ea18d7a4cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1044ab5e1e2f48cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84120bcb291a4b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f13ed809e246a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33f777312864d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84120bcb291a4b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbad73c040414ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f13ed809e246a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Commodity - Diversified CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0185829071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,375</x:t>
-[...48 lines deleted...]
-          <x:t>79,725</x:t>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,625</x:t>
-[...21 lines deleted...]
-          <x:t>81,800</x:t>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,525</x:t>
-[...6 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,900</x:t>
-[...495 lines deleted...]
-          <x:t>80,225</x:t>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>