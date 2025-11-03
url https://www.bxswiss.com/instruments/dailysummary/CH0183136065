--- v0 (2025-10-04)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62fcbc6ec7542e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95661a5a26240f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d66624da1a14cda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80aad48bf3ca4536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c6d755283a4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d66624da1a14cda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66fa8cf99264c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80aad48bf3ca4536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Palladium ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>