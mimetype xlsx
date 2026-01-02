--- v1 (2025-11-03)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95661a5a26240f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a575f4d7594e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80aad48bf3ca4536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec7766dcdb44f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66fa8cf99264c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80aad48bf3ca4536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a9fca7c7524c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec7766dcdb44f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Palladium ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>337,207</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>