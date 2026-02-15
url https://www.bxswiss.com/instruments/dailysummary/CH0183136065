--- v2 (2026-01-02)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a575f4d7594e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06e8dba5b004e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec7766dcdb44f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dfc235bdb7463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a9fca7c7524c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec7766dcdb44f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf649b689e5244da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dfc235bdb7463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Palladium ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>383,678</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>