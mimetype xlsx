--- v3 (2026-02-15)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06e8dba5b004e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R289e411beb6f4b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dfc235bdb7463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b523cdb19e4b27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf649b689e5244da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dfc235bdb7463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3551eb9eb55748ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b523cdb19e4b27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Palladium ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>