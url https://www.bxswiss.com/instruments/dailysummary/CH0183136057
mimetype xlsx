--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c9699037944a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3f69e218a0457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d4c2791fea492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca739e48a7724d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca72a1ba3bfd4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d4c2791fea492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade5c16529b04bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca739e48a7724d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Platinum ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>386,639</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>