--- v1 (2026-01-09)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a3f69e218a0457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51937b824664d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca739e48a7724d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4af8fe354f14cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade5c16529b04bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca739e48a7724d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425664c4edaf446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4af8fe354f14cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Platinum ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>521,580</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>