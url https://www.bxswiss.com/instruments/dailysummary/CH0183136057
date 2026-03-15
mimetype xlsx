--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51937b824664d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1263a938dfb048aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4af8fe354f14cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fb5402ffba74028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425664c4edaf446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4af8fe354f14cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8cc788f8a04325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fb5402ffba74028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Platinum ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>