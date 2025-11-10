--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a59b72560294f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ed7b19f57448eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d59c430153d47ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efe0945c79f48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91058d44b5c4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d59c430153d47ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f6044892b5244d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efe0945c79f48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>85,944</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>