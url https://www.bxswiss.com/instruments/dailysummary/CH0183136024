--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4ed7b19f57448eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radaef6d404a74ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efe0945c79f48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5284e5a4a8e64161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f6044892b5244d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efe0945c79f48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cc8c0ea70b4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5284e5a4a8e64161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>85,076</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>