--- v2 (2025-12-19)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radaef6d404a74ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f44f098a1e40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5284e5a4a8e64161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60f32a937374cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cc8c0ea70b4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5284e5a4a8e64161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59f47c5634c485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60f32a937374cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,439</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>