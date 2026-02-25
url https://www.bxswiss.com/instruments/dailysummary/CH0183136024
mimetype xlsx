--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f44f098a1e40dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc57aad993cd845bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60f32a937374cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29182b84d92341cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59f47c5634c485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60f32a937374cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452884915f2142fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29182b84d92341cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>