--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc57aad993cd845bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b47531f2a57453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29182b84d92341cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d2dbed7be144e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452884915f2142fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29182b84d92341cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab6d1a394c84cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d2dbed7be144e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AAH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>134,736</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>149,654</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>