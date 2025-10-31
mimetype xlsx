--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bacbd0139a641bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca7f57ccc9348c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7552a9aae8e74cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4ea1f767654abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348f391625e446ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7552a9aae8e74cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2981f914f8f4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4ea1f767654abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>