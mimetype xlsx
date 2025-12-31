--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca7f57ccc9348c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24a4dfb12d14a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4ea1f767654abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba10110b339493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2981f914f8f4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4ea1f767654abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7bc0d0afab48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba10110b339493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>350,941</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>