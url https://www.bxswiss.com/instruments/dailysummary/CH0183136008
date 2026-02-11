--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24a4dfb12d14a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4481a81eeb4d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba10110b339493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7912f882d7ee4f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7bc0d0afab48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba10110b339493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ffe7314d184daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7912f882d7ee4f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>539,477</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>