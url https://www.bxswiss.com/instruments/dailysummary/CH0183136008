--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4481a81eeb4d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097c5c14b05e436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7912f882d7ee4f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b63ba638c8e4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ffe7314d184daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7912f882d7ee4f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40cae0bf7d64196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b63ba638c8e4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183136008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>549,705</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>