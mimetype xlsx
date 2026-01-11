--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfb6813da74446a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0160d6b8ad4e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5581ae234ce44195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3a0b274fa64441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffa744bcab14efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5581ae234ce44195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053ac7997f10497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3a0b274fa64441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>372,896</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>