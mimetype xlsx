--- v1 (2026-01-11)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0160d6b8ad4e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0635946698b49b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3a0b274fa64441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549af41ea2254da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053ac7997f10497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3a0b274fa64441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b320d739398426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549af41ea2254da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>576,751</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>