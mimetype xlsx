--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0635946698b49b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3135bd5da9644243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549af41ea2254da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1991aaddfd31418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b320d739398426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549af41ea2254da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561f3681518841b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1991aaddfd31418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>592,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>572,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>