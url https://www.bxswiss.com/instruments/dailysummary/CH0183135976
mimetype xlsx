--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27da863bcf342f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151c89037b734efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c6cd27b1cb43df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6040f70d5f6b490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1677de11be38406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c6cd27b1cb43df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb4159a1a5b443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6040f70d5f6b490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,085</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>