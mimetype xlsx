--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151c89037b734efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca382e9ce8db4b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6040f70d5f6b490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccdf68f03504379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb4159a1a5b443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6040f70d5f6b490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1466b8babf794a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccdf68f03504379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>118,024</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>