--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca382e9ce8db4b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bdcc6e52d094089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccdf68f03504379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce2f2de7a9714b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1466b8babf794a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccdf68f03504379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4293d234ea488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce2f2de7a9714b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>