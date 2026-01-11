--- v3 (2026-01-10)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bdcc6e52d094089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e3f40d043942e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce2f2de7a9714b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d44ab445abb4bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4293d234ea488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce2f2de7a9714b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e085d939db4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d44ab445abb4bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>