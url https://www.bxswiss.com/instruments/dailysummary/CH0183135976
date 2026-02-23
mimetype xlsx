--- v4 (2026-01-11)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e3f40d043942e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c44d1e476f45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d44ab445abb4bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0f0ca7750a4749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e085d939db4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d44ab445abb4bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24957c6187094166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0f0ca7750a4749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,369</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>