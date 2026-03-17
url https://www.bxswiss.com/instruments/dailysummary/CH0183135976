--- v5 (2026-02-23)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c44d1e476f45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3182460be885472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0f0ca7750a4749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6a24994e834396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24957c6187094166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0f0ca7750a4749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f2adb4b263434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6a24994e834396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Silver ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0183135976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>