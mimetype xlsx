--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d43bc5325b4289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665fe41ae1d64e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d412f8fb75347b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02337213317400a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc19adc34d3404fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d412f8fb75347b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c07ec539914a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02337213317400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>959,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>967,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>956,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>961,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.020,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.021,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>991,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>999,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>