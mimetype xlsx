--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665fe41ae1d64e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac21f745f9404ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02337213317400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fae4be30d844509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c07ec539914a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02337213317400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ede1d3e18bb461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fae4be30d844509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>955,528</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.002,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.006,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.010,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.024,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.012,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.018,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.005,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.019,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.029,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>