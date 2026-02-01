--- v2 (2026-01-10)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac21f745f9404ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33118a0ba1134910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fae4be30d844509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e9caed8fa410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ede1d3e18bb461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fae4be30d844509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e44857513047b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e9caed8fa410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.040,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.048,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.035,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.043,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.059,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.072,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.069,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>