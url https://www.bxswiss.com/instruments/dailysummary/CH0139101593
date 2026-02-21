--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33118a0ba1134910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffb7de1de3b48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e9caed8fa410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c3470f28e74bc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e44857513047b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e9caed8fa410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9ea276318a4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c3470f28e74bc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.110,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.114,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.103,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.110,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.173,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.176,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.126,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.141,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>