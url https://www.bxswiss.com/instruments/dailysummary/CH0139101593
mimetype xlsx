--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffb7de1de3b48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d218882d754f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c3470f28e74bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ec09eb43de4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9ea276318a4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c3470f28e74bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04048e34b3f483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ec09eb43de4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0139101593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.143,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.149,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.134,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.136,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.152,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.165,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.148,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.160,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>