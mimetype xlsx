--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46593fafb9144919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853b6ca40ae04c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc33178f76c3745d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d00157d70c34eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3c5721772643ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc33178f76c3745d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdcb20648b8471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d00157d70c34eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,154</x:t>
-[...576 lines deleted...]
-          <x:t>80,713</x:t>
+          <x:t>79,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>