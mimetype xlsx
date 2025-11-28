--- v1 (2025-10-30)
+++ v2 (2025-11-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853b6ca40ae04c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d33972ed39b467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d00157d70c34eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915f37c16a0b4421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdcb20648b8471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d00157d70c34eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2389c926ec549f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915f37c16a0b4421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>