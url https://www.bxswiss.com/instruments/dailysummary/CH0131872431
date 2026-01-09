--- v2 (2025-11-28)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d33972ed39b467d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4cd148e3114aa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915f37c16a0b4421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166baf4aff6340f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2389c926ec549f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915f37c16a0b4421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab270648e724a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166baf4aff6340f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,726</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>