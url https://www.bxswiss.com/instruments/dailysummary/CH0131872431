--- v3 (2026-01-09)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4cd148e3114aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3246210a1794f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166baf4aff6340f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64316deb61814595"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab270648e724a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166baf4aff6340f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828702bb64b44d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64316deb61814595" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>85,207</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>