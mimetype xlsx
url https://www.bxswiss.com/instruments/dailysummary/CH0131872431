--- v4 (2026-02-23)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3246210a1794f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1979396dda44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64316deb61814595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c87e6198a094400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828702bb64b44d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64316deb61814595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cb682920eb4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c87e6198a094400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0131872431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,961</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>88,348</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>