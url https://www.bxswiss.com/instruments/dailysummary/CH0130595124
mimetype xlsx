--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52881488c69f461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75266222d6884b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90d1231ba3f40c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd0f78d8e46492e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf731c2619145e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90d1231ba3f40c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc099337d9c8b446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd0f78d8e46492e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI Mid (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0130595124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>