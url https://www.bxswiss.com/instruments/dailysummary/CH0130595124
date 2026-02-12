--- v1 (2025-10-26)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75266222d6884b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9d6eaf93b64579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd0f78d8e46492e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac028d90b3d4bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc099337d9c8b446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd0f78d8e46492e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129813c8d7a94fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac028d90b3d4bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI Mid (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0130595124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,342</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>