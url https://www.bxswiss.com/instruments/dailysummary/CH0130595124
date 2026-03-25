--- v2 (2026-02-12)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a9d6eaf93b64579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8990ee408ff74231" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdac028d90b3d4bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2b43db81204e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129813c8d7a94fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdac028d90b3d4bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18318de667ce40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2b43db81204e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SPI Mid (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0130595124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>127,559</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>