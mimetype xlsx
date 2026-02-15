--- v0 (2025-11-01)
+++ v1 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97af70356efc42fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd91cbb3b414e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c2b6e982b744ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95b117bcdb2478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c9f3a0f479d43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c2b6e982b744ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1dc1c017a7426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95b117bcdb2478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SXI Real Estate (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0124758522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,343</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>