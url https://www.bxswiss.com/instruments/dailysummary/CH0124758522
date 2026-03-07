--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd91cbb3b414e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc300503c861b47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95b117bcdb2478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674f4b35fd254091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1dc1c017a7426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95b117bcdb2478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1bb011ca0114fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674f4b35fd254091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SXI Real Estate (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0124758522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>