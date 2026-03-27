--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc300503c861b47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a8903a4e7584e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674f4b35fd254091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aebadf17a8e4ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1bb011ca0114fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674f4b35fd254091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2fae7f5a4a4413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aebadf17a8e4ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SXI Real Estate (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0124758522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>41,670</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>41,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...435 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,687</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>