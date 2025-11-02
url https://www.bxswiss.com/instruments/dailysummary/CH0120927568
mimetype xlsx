--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43df89bd2c24a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90568920e414d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d6674fb088a41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e8e67d7688498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291007d88c51469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d6674fb088a41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4508fee92d84364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e8e67d7688498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen Index Fonds - SPI® AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0120927568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>