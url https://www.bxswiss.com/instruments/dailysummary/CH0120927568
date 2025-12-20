--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90568920e414d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b876cc79db4b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e8e67d7688498c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2bd3541a1ba4c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4508fee92d84364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e8e67d7688498c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23ec292bea24b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2bd3541a1ba4c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen Index Fonds - SPI® AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0120927568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>209,920</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>208,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>209,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,760</x:t>
-[...119 lines deleted...]
-          <x:t>207,470</x:t>
+          <x:t>210,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,470</x:t>
-[...43 lines deleted...]
-          <x:t>208,860</x:t>
+          <x:t>209,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,380</x:t>
-[...247 lines deleted...]
-          <x:t>204,550</x:t>
+          <x:t>211,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>