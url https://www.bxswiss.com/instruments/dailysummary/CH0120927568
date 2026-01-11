--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b876cc79db4b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115609fe46e0471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2bd3541a1ba4c5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92b77bcb4ae49c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23ec292bea24b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2bd3541a1ba4c5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135791188ebf4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92b77bcb4ae49c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen Index Fonds - SPI® AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0120927568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>212,220</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>212,580</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>213,290</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,190</x:t>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>