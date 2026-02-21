--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115609fe46e0471a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749e51c294404b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92b77bcb4ae49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ea763e757848b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135791188ebf4b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92b77bcb4ae49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0437f1cfc1734ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ea763e757848b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen Index Fonds - SPI® AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0120927568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,870</x:t>
-[...171 lines deleted...]
-          <x:t>217,810</x:t>
+          <x:t>212,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>