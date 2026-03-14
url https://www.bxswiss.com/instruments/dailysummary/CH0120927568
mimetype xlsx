--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749e51c294404b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb385c888948a4e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8ea763e757848b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26660e91aeb2496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0437f1cfc1734ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8ea763e757848b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4a9c20cd274f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26660e91aeb2496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raiffeisen Index Fonds - SPI® AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0120927568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>214,790</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>224,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>