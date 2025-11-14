--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc543475cb5b94b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fc1db6648b4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72cfee4f330e4ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8ae93c6c9a4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4569d935ea5a4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72cfee4f330e4ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8cfce01cf740d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8ae93c6c9a4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI AAA-BBB ESG (CHF) dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,862</x:t>
-[...625 lines deleted...]
-          <x:t>99,622</x:t>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>