--- v1 (2025-11-14)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2fc1db6648b4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb389f4d04e47b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b8ae93c6c9a4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896ce9e898d24543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8cfce01cf740d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b8ae93c6c9a4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d375c577a914f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896ce9e898d24543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI AAA-BBB ESG (CHF) dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>100,685</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,455</x:t>
-[...416 lines deleted...]
-          <x:t>100,503</x:t>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,279</x:t>
-[...139 lines deleted...]
-          <x:t>100,217</x:t>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>