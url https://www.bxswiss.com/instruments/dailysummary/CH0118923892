--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb389f4d04e47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34fcb20ed14cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R896ce9e898d24543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcefe2879684b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d375c577a914f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R896ce9e898d24543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab3921ffb646406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcefe2879684b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI AAA-BBB ESG (CHF) dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>