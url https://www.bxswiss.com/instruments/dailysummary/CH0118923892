--- v3 (2026-01-14)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e34fcb20ed14cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28608ee56515415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbcefe2879684b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56c4d54686544c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab3921ffb646406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbcefe2879684b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb081bcf59bb84cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56c4d54686544c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI AAA-BBB ESG (CHF) dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,156</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>99,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>