--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247bca3429b34f6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799a7a16c74f44fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0412fe5aa83f4ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f49967fd0c54bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb5156a7f094698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0412fe5aa83f4ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48671c3cd8e34dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f49967fd0c54bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>70,810</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>70,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,699</x:t>
-[...151 lines deleted...]
-          <x:t>71,068</x:t>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,338</x:t>
-[...171 lines deleted...]
-          <x:t>71,129</x:t>
+          <x:t>70,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>