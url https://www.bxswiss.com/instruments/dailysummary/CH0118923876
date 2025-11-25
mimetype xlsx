--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799a7a16c74f44fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b7a89e2f444fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f49967fd0c54bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b27ee7e6e4249ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48671c3cd8e34dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f49967fd0c54bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fda888e29c64211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b27ee7e6e4249ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,338</x:t>
-[...129 lines deleted...]
-          <x:t>70,804</x:t>
+          <x:t>70,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,042</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>71,286</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>