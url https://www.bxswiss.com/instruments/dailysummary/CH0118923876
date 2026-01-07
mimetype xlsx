--- v2 (2025-11-25)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b7a89e2f444fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69735c361054ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b27ee7e6e4249ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb78b04da82147c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fda888e29c64211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b27ee7e6e4249ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd9693f10294699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb78b04da82147c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,275</x:t>
-[...161 lines deleted...]
-          <x:t>71,196</x:t>
+          <x:t>70,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,042</x:t>
-[...26 lines deleted...]
-          <x:t>71,134</x:t>
+          <x:t>70,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>