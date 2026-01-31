--- v3 (2026-01-07)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69735c361054ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bc49bde1d74ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb78b04da82147c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf23b923cd6848e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd9693f10294699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb78b04da82147c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29589d5df39c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf23b923cd6848e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>70,984</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,453</x:t>
-[...43 lines deleted...]
-          <x:t>70,788</x:t>
+          <x:t>70,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,565</x:t>
-[...43 lines deleted...]
-          <x:t>70,729</x:t>
+          <x:t>70,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,874</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>70,599</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,497</x:t>
-[...146 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,894</x:t>
-[...117 lines deleted...]
-          <x:t>70,798</x:t>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>