--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bc49bde1d74ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd1a275010e4c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf23b923cd6848e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R837af7c80698443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29589d5df39c426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf23b923cd6848e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa6d7461873456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R837af7c80698443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>70,926</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,790</x:t>
-[...48 lines deleted...]
-          <x:t>70,782</x:t>
+          <x:t>70,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>70,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,874</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>