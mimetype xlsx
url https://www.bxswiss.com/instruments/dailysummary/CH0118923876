--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd1a275010e4c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e77ad49415f47f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R837af7c80698443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499650bec43e44ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa6d7461873456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R837af7c80698443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6371fbea09a34029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499650bec43e44ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH - SBI Corporate ESG (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0118923876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,989</x:t>
-[...48 lines deleted...]
-          <x:t>70,784</x:t>
+          <x:t>71,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,977</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>71,431</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>