--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c25af6df3541c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffd508a3ee84374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfde8eaf1b54497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf558aee399af4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c993af67301406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfde8eaf1b54497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R513dbe87e9c149c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf558aee399af4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,553</x:t>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>37,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,878</x:t>
-[...26 lines deleted...]
-          <x:t>36,377</x:t>
+          <x:t>36,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>