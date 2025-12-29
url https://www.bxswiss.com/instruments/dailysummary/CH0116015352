--- v1 (2025-10-25)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffd508a3ee84374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcf149262f6438b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf558aee399af4eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21576f50fa247ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R513dbe87e9c149c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf558aee399af4eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc0e6780caa4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21576f50fa247ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>35,500</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>34,428</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,258</x:t>
-[...139 lines deleted...]
-          <x:t>36,508</x:t>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>