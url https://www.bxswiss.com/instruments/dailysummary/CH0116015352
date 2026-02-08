--- v2 (2025-12-29)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcf149262f6438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2004e8a96364463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21576f50fa247ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f50cd8b45a43a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbc0e6780caa4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21576f50fa247ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3650d7d8b4f42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f50cd8b45a43a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>35,800</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,131</x:t>
-[...463 lines deleted...]
-          <x:t>34,853</x:t>
+          <x:t>35,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>