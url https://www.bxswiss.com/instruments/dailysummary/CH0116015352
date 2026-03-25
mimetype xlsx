--- v3 (2026-02-08)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2004e8a96364463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc303cf695cf2485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f50cd8b45a43a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64d650b7e4e402d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3650d7d8b4f42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f50cd8b45a43a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5808861cd303401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64d650b7e4e402d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS CH Fund Solutions - CMCI Oil SF ETF CHF A-Dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0116015352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...473 lines deleted...]
-          <x:t>37,362</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,202</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>37,422</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>