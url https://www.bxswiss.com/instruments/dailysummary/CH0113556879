--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8496a1617ad4791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd094fdf58acb4b59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2142998e57542ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112b9d49031c4aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0030034a2114419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2142998e57542ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e6ff20fe1b4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112b9d49031c4aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.861,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.861,100</x:t>
-[...522 lines deleted...]
-          <x:t>1.816,250</x:t>
+          <x:t>1.869,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>