--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd094fdf58acb4b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6459efbc824bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112b9d49031c4aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311fa4fd2858409a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e6ff20fe1b4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112b9d49031c4aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31278aeb44094144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311fa4fd2858409a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1.857,300</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.878,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.857,300</x:t>
-[...21 lines deleted...]
-          <x:t>1.883,850</x:t>
+          <x:t>1.869,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.876,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>1.881,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>