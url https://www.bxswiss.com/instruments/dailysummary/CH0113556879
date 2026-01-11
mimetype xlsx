--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6459efbc824bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f3286f1d6a4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311fa4fd2858409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7a87f51a4e4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31278aeb44094144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311fa4fd2858409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cb80d06ccc45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7a87f51a4e4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.873,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.873,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.876,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>1.874,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.879,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.873,050</x:t>
-[...119 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>1.895,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.879,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.895,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.895,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.904,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.895,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.899,600</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.908,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.914,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.908,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.911,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>