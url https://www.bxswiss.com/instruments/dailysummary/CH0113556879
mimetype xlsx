--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f3286f1d6a4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff462f8d334c4da0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc7a87f51a4e4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de4984ba2e84a24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06cb80d06ccc45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc7a87f51a4e4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea80ab3b0004ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de4984ba2e84a24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1.914,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.908,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.911,000</x:t>
-[...33 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1.909,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.910,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.920,250</x:t>
-[...21 lines deleted...]
-          <x:t>1.914,100</x:t>
+          <x:t>1.919,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.918,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.911,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.911,600</x:t>
-[...144 lines deleted...]
-          <x:t>1.915,500</x:t>
+          <x:t>1.913,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>