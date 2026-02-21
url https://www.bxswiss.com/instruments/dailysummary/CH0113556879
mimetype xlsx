--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff462f8d334c4da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0efe9abef254c62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de4984ba2e84a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22df8d4813449cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea80ab3b0004ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de4984ba2e84a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e547cb3e0584b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22df8d4813449cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.909,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.913,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.908,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.910,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>