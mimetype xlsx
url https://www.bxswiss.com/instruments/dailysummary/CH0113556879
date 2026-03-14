--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0efe9abef254c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde97b2253d1469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22df8d4813449cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85965bb5f8e44e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e547cb3e0584b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22df8d4813449cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a16344a25b1467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85965bb5f8e44e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF 2 - Real Estate Switzerland NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0113556879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>1.928,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.935,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.942,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.943,600</x:t>
-[...360 lines deleted...]
-          <x:t>1.937,950</x:t>
+          <x:t>1.936,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>