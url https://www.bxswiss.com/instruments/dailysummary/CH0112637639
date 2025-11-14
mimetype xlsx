--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ffd0e94d5e4c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f2706d6a5b415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986832a8ed3f4848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130a2957230d49ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f19ec7783fb45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986832a8ed3f4848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78dce4ee8124090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130a2957230d49ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAM Swiss Sustainable Companies CHF CD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0112637639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>366,350</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>362,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>360,450</x:t>
-[...340 lines deleted...]
-          <x:t>364,550</x:t>
+          <x:t>357,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>363,850</x:t>
-[...232 lines deleted...]
-          <x:t>360,950</x:t>
+          <x:t>359,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,350</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>357,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>