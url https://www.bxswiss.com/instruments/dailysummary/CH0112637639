--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f2706d6a5b415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021ca6c711044a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130a2957230d49ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra681e7ff94e24db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78dce4ee8124090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130a2957230d49ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15657a16676476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra681e7ff94e24db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAM Swiss Sustainable Companies CHF CD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0112637639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>356,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>