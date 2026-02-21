--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021ca6c711044a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f5f158b31e4d71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra681e7ff94e24db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7c88a81e874831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15657a16676476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra681e7ff94e24db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3664e69a4a854609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7c88a81e874831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAM Swiss Sustainable Companies CHF CD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0112637639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>375,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>369,500</x:t>
-[...11 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>379,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>381,400</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>380,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>382,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>379,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>382,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>386,350</x:t>
+          <x:t>382,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>