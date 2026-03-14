--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f5f158b31e4d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ab53c04a5449e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7c88a81e874831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46895943a1c74f6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3664e69a4a854609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7c88a81e874831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab82e8a46ac4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46895943a1c74f6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAM Swiss Sustainable Companies CHF CD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0112637639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>382,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>379,600</x:t>
-[...38 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>385,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>383,700</x:t>
-[...16 lines deleted...]
-          <x:t>385,750</x:t>
+          <x:t>379,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>385,150</x:t>
+          <x:t>383,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>387,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>