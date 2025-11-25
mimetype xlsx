--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8928f4b5d84e4c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a0f89cc8bd4ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc753ef7184444330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58559598bcef4328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2890ca9df2ab4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc753ef7184444330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e08c642c884b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58559598bcef4328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMIM (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0111762537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>286,677</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,816</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>286,178</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>