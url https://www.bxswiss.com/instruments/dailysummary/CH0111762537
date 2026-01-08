--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a0f89cc8bd4ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739dba8080ae40ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58559598bcef4328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a9aed8d69a549b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e08c642c884b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58559598bcef4328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d38998965c4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a9aed8d69a549b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMIM (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0111762537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>290,420</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>