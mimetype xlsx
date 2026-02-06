--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739dba8080ae40ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e485d2cd55d42c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a9aed8d69a549b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9950ea78a9284ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d38998965c4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a9aed8d69a549b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbaf31123c64bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9950ea78a9284ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMIM (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0111762537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>