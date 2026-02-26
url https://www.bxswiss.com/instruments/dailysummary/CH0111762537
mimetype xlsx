--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e485d2cd55d42c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c0a181c646491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9950ea78a9284ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fbd85b75914d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbaf31123c64bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9950ea78a9284ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1b0d34baa149ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fbd85b75914d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMIM (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0111762537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>