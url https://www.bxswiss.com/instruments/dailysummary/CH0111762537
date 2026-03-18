--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c0a181c646491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef0b8bfdb324946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9fbd85b75914d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a33963bd3cc4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b1b0d34baa149ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9fbd85b75914d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b85021eeb44e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a33963bd3cc4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMIM (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0111762537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>