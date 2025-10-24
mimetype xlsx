--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112e2a9a55a74061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb3f9782daa4cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1643060add5445a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac56f9bc8c144890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b1b9a9f61f4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1643060add5445a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04256a95dbb4473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac56f9bc8c144890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1.765,250</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.754,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.763,250</x:t>
-[...21 lines deleted...]
-          <x:t>1.769,650</x:t>
+          <x:t>1.757,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.789,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.789,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.789,800</x:t>
-[...468 lines deleted...]
-          <x:t>1.767,750</x:t>
+          <x:t>1.795,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>