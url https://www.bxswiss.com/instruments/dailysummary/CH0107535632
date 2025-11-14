--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb3f9782daa4cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cef94f31814603" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac56f9bc8c144890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a4fd062b924aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04256a95dbb4473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac56f9bc8c144890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9ab20c3ab54c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a4fd062b924aa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1.764,350</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.754,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.757,450</x:t>
-[...362 lines deleted...]
-          <x:t>1.809,500</x:t>
+          <x:t>1.761,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.815,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>1.805,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>