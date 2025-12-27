--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63cef94f31814603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d53f2173b8048c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a4fd062b924aa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58fd42ff40724dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9ab20c3ab54c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a4fd062b924aa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d0d945976e4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58fd42ff40724dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.795,900</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.803,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.787,700</x:t>
-[...146 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>1.789,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.811,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.811,100</x:t>
-[...53 lines deleted...]
-          <x:t>1.810,400</x:t>
+          <x:t>1.813,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.803,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.805,700</x:t>
-[...33 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>1.792,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.801,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>13.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.832,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.834,950</x:t>
-[...9 lines deleted...]
-          <x:t>1.820,200</x:t>
+          <x:t>1.837,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>