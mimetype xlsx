--- v3 (2025-12-27)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d53f2173b8048c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247f7f17099f4907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58fd42ff40724dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c96288930d431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d0d945976e4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58fd42ff40724dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92835aeeddb4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c96288930d431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>1.840,250</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.850,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.839,450</x:t>
-[...4 lines deleted...]
-          <x:t>1.847,250</x:t>
+          <x:t>1.861,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>