--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247f7f17099f4907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae96def84c994b71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c96288930d431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c0a2ff312d480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92835aeeddb4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c96288930d431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad7337d0e1848dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c0a2ff312d480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>1.898,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.900,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.876,400</x:t>
-[...355 lines deleted...]
-          <x:t>1.950,250</x:t>
+          <x:t>1.914,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>