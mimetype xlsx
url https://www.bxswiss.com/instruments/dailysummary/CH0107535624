--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4935d78d64cf4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b4206a9c8046ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2aa1c717a444fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ee8381f01c425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1e883b3ef5d40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2aa1c717a444fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6f97ba823b44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ee8381f01c425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>2.861,500</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.866,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.878,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.887,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.894,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.885,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.887,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.865,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.860,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.860,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.874,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.859,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.869,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.867,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2.851,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.875,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.876,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.853,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.854,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.831,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.849,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.854,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.857,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.847,100</x:t>
-[...48 lines deleted...]
-          <x:t>2.808,600</x:t>
+          <x:t>2.838,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.843,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.840,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.840,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.822,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.822,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.836,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.836,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.802,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.809,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.829,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.843,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.828,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.835,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.849,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.849,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.874,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.898,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.874,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.876,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.856,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.860,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.822,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.844,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.846,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.846,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.819,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.819,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.796,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.802,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.783,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.788,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>2.839,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.796,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.809,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.787,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.795,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.821,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.831,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.812,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.816,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.807,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.811,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.788,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.806,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>