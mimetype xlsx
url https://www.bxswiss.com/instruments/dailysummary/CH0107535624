--- v1 (2025-11-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b4206a9c8046ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52a74af200a47ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ee8381f01c425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152c6cbfe61a456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6f97ba823b44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ee8381f01c425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97828a463c44619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152c6cbfe61a456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2.892,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.796,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.802,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.783,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.788,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.796,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.809,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.787,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.795,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.821,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.831,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.812,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.816,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.807,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.811,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.788,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.806,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.820,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.836,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.807,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.833,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.826,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.823,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.863,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.853,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.878,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.875,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.877,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.879,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.868,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.879,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.866,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.865,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.870,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2.894,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.829,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.840,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.827,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.841,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.854,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.834,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.858,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.857,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.864,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.850,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.851,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.854,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.848,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.854,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.859,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.867,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.853,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.850,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.851,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.856,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.856,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.859,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.863,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.886,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.862,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.883,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.879,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.885,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.887,150</x:t>
-[...48 lines deleted...]
-          <x:t>2.860,100</x:t>
+          <x:t>2.868,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.863,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.873,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.860,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2.806,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.861,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.894,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.897,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>