--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52a74af200a47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071810dd78474915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152c6cbfe61a456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb436773ac09f444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97828a463c44619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152c6cbfe61a456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5e5b040fa6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb436773ac09f444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.850,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.838,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.839,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.851,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.856,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.856,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.859,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.863,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.872,050</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>2.886,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.862,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.883,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.879,750</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.894,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.897,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.884,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.896,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.892,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.883,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.913,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.902,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.910,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.918,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.900,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.914,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.906,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.918,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.918,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.942,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.911,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.941,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.953,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.936,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.969,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.975,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.993,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.990,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.011,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.011,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>