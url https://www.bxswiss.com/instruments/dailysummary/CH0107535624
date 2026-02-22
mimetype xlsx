--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071810dd78474915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d159a749d54085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb436773ac09f444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a74118138cf4aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5e5b040fa6451c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb436773ac09f444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc7c6e3396b49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a74118138cf4aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3.011,200</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.991,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.006,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.980,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.031,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.048,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.021,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.029,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.031,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.026,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.026,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.032,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.011,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.025,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.029,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.034,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.009,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.015,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.994,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.004,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.008,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.005,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.005,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.027,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.988,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.025,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.045,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.006,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.010,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.016,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.006,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.056,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.064,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.055,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.038,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.023,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.106,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.090,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.085,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.091,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.056,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.056,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.062,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.106,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.099,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.090,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>