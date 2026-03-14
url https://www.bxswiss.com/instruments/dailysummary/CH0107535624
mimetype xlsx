--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d159a749d54085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7ba3f4074b4b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a74118138cf4aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41d78089fc694526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc7c6e3396b49da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a74118138cf4aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb339a0d843b44d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41d78089fc694526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0107535624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>3.048,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.106,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.090,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.085,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.091,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.056,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.056,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.067,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.062,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.106,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.099,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.090,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.075,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.075,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.090,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.094,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.082,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.082,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.078,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.110,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.092,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.055,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.080,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.988,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.002,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.019,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.041,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.008,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.021,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>3.132,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.018,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.035,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.996,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.997,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.996,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.001,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.928,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.948,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.891,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.919,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.883,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.946,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.952,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.921,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.899,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.887,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.896,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.907,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.899,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.914,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.882,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.897,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>