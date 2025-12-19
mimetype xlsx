--- v0 (2025-10-10)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd405ca6cecc94f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0f04b000484ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eb9f58953eb41fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14b0a500de64793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a4e37f92ad44b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eb9f58953eb41fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3814bb4ec353489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14b0a500de64793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,535</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>