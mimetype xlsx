--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0f04b000484ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6eaf1608314508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14b0a500de64793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b815aec9094383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3814bb4ec353489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14b0a500de64793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0647d5e81aac41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b815aec9094383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,725</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>