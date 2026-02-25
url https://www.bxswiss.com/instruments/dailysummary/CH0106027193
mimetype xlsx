--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6eaf1608314508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03722a8e7ef04ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b815aec9094383"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753d287096634c8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0647d5e81aac41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b815aec9094383" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c107b94a4cb49f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753d287096634c8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>