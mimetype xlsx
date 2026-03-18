--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03722a8e7ef04ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37fd4a947cf461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753d287096634c8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8faf0e017a4e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c107b94a4cb49f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753d287096634c8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3cff9c977084846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8faf0e017a4e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027193</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>