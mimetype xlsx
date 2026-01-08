--- v0 (2025-10-14)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58698ff36bd04a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3bab157457421d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816a6a64e56c44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46adc15b7c584c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62708ed75d2e43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816a6a64e56c44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7993321296e4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46adc15b7c584c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,579</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>