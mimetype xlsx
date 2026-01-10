--- v1 (2026-01-08)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3bab157457421d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e23afa4fc54dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46adc15b7c584c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7924ad682df543b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7993321296e4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46adc15b7c584c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5d970de9bb48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7924ad682df543b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>