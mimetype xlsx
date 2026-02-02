--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e23afa4fc54dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bdc8f10e814e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7924ad682df543b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96ac0af0d1044b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5d970de9bb48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7924ad682df543b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4e3f30d03744c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96ac0af0d1044b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>