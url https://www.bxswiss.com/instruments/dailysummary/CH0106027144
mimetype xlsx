--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3bdc8f10e814e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e70bd74cb547d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96ac0af0d1044b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17ae35cbd8b4cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4e3f30d03744c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96ac0af0d1044b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb27cc41453473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17ae35cbd8b4cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>