--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e70bd74cb547d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc273cad4ef454df8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17ae35cbd8b4cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32dcfcaee4ec4e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb27cc41453473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17ae35cbd8b4cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0784066d6ebe4e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32dcfcaee4ec4e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold EUR hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>