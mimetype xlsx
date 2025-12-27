--- v0 (2025-10-24)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859d097c641448ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005475cc141b4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f9e1918a85436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d358d6c7cc49ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820666af4fe24474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f9e1918a85436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f9576ddc9045c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d358d6c7cc49ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,120</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>