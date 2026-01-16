--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005475cc141b4a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761393109a2f470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d358d6c7cc49ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945bc45075dc40ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f9576ddc9045c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d358d6c7cc49ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f13d378f294e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945bc45075dc40ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>