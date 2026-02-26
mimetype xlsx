--- v2 (2026-01-16)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761393109a2f470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf73e47f477524df4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945bc45075dc40ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra637bf6ea06c40fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f13d378f294e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945bc45075dc40ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9459160c544a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra637bf6ea06c40fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>152,980</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>