--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf73e47f477524df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d929f48fba4d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra637bf6ea06c40fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9057463f6a9413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9459160c544a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra637bf6ea06c40fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R029f1ef5f4cc4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9057463f6a9413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH-Gold CHF hedged (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0106027128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>