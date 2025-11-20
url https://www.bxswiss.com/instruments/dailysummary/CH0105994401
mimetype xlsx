--- v0 (2025-10-02)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb9fae951f34f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d029c847f54be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d86bac7d0e4ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd795f55a644bd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29901caa4ec84293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d86bac7d0e4ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb123eeb158df4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd795f55a644bd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0105994401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>10,223</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,217</x:t>
-[...97 lines deleted...]
-          <x:t>10,383</x:t>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,383</x:t>
-[...328 lines deleted...]
-          <x:t>10,291</x:t>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>