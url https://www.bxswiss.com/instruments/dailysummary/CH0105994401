--- v1 (2025-11-20)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d029c847f54be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c3330a01f24445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd795f55a644bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9a7f7254af4f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb123eeb158df4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd795f55a644bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f6a1dd3aa94c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9a7f7254af4f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0105994401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>10,473</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,546</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>10,416</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>10,512</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,512</x:t>
-[...301 lines deleted...]
-          <x:t>10,514</x:t>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>