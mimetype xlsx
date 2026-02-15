--- v2 (2025-12-31)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c3330a01f24445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e61aebee3bc44b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9a7f7254af4f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19451aa87c1f4084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f6a1dd3aa94c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9a7f7254af4f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb166bd50ae4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19451aa87c1f4084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0105994401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,741</x:t>
-[...171 lines deleted...]
-          <x:t>10,741</x:t>
+          <x:t>10,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>