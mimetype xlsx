--- v3 (2026-02-15)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e61aebee3bc44b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85957cdc25f4605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19451aa87c1f4084"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5320fbc082694710"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb166bd50ae4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19451aa87c1f4084" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c09c69c7c414851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5320fbc082694710" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF CH SXI Real Estate Funds (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0105994401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,761</x:t>
-[...522 lines deleted...]
-          <x:t>10,720</x:t>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>