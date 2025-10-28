--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c5e2bf1510647cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88959305a19d425b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e33975a2174cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb97a75d17b34766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b91d6f82244da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e33975a2174cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6eb96fbfe5643e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb97a75d17b34766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold EUR Hedged ETF CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>