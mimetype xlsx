--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88959305a19d425b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9655b29487704784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb97a75d17b34766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0a6b5278284e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6eb96fbfe5643e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb97a75d17b34766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01f62e1457ee4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0a6b5278284e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold EUR Hedged ETF CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>