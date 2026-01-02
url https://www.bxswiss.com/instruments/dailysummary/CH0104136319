--- v2 (2025-11-21)
+++ v3 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9655b29487704784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6d482da77a4e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0a6b5278284e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8f9f38aaa044b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01f62e1457ee4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0a6b5278284e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref476016b8824022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8f9f38aaa044b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold EUR Hedged ETF CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>188,949</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>