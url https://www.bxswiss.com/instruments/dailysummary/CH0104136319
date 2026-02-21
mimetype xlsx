--- v3 (2026-01-02)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6d482da77a4e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3925694c1c4f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8f9f38aaa044b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c92649475a4516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref476016b8824022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8f9f38aaa044b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf910a5b3b3749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c92649475a4516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold EUR Hedged ETF CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>203,918</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>