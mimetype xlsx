--- v0 (2025-10-05)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225e357a40ba44ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dafc282e35d465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79b1a397eeb64e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref118a62c90147bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77501b9dbe20418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79b1a397eeb64e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1cd067211c41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref118a62c90147bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Gold CHF Hedged ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>251,919</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>