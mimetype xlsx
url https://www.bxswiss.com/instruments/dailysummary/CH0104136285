--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dafc282e35d465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44089330b29b4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref118a62c90147bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44d7bf086d764606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1cd067211c41fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref118a62c90147bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e42fb0a095a4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44d7bf086d764606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Gold CHF Hedged ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>