--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44089330b29b4a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8644f3aec1254978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44d7bf086d764606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb54c62a9334f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e42fb0a095a4409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44d7bf086d764606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c49fd1d25b4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb54c62a9334f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Gold CHF Hedged ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>