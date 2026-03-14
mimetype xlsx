--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8644f3aec1254978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e988e967a94598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb54c62a9334f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4289639d566b4605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c49fd1d25b4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb54c62a9334f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105d09e422004b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4289639d566b4605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Gold CHF Hedged ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>