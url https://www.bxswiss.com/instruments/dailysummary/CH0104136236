--- v0 (2025-11-02)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd9e7c1085b41d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f48e719519b4b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4cbcc0f83d49c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce8795a3b414967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21c3571389f54a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4cbcc0f83d49c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290e7a8201ed4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce8795a3b414967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>