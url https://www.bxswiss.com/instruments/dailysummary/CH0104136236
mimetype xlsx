--- v1 (2025-11-23)
+++ v2 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f48e719519b4b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ae73dc528634a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce8795a3b414967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645784d838aa4eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290e7a8201ed4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce8795a3b414967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48644aa14ba340ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645784d838aa4eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>315,326</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>