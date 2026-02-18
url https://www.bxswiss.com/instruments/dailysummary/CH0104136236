--- v2 (2026-01-27)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ae73dc528634a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7a062f42284605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645784d838aa4eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab0dbf75f544fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48644aa14ba340ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645784d838aa4eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16c1e8ca91046e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab0dbf75f544fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>