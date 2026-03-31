--- v3 (2026-02-18)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7a062f42284605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6481fd2149e4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab0dbf75f544fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2af5922d1e40cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16c1e8ca91046e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab0dbf75f544fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re225c4a44f934736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2af5922d1e40cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF II (CH) Gold ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0104136236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>378,383</x:t>
-[...252 lines deleted...]
-          <x:t>360,807</x:t>
+          <x:t>379,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>