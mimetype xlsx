--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb507d6c0dc404296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd285aa419946ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f09bf47e9364b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0553430d4a345cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ad9b8a402d49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f09bf47e9364b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82dd307f9f154a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0553430d4a345cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.780,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.798,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.768,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.788,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.882,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.889,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.867,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.878,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.994,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>