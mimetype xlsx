--- v1 (2025-10-30)
+++ v2 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd285aa419946ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52cd0eb7ed094fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0553430d4a345cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f369183722142ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82dd307f9f154a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0553430d4a345cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb458ae716b6b4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f369183722142ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.888,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.913,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.882,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.906,832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.840,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.861,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.839,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.846,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>