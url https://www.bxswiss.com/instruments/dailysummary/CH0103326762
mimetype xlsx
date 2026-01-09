--- v2 (2025-11-23)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52cd0eb7ed094fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e3e064feae84467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f369183722142ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77eb21b0b3174e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb458ae716b6b4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f369183722142ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9ea4719d3b4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77eb21b0b3174e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.882,211</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.971,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.991,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.003,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.994,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.052,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.056,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>