--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e3e064feae84467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3688e0a6e2c54af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77eb21b0b3174e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a790943484c42e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9ea4719d3b4cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77eb21b0b3174e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5232467681504704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a790943484c42e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AAH EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0103326762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.009,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.028,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.001,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.024,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.042,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.057,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.031,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.054,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.138,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.146,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.110,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.114,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.145,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.186,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.174,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.228,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.245,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.210,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.224,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.219,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.241,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.206,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.236,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.267,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.287,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.247,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.286,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.321,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.331,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.300,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.312,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.320,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.326,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.289,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.315,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.397,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.411,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.401,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.316,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.393,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.338,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.343,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.235,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.254,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>