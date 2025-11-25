--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee961ea10c14add" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9431b028884430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6264b5fb9848b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35779a8864c94ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550e19c16b024834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6264b5fb9848b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210844b466f2435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35779a8864c94ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,040</x:t>
-[...21 lines deleted...]
-          <x:t>64,006</x:t>
+          <x:t>64,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,956</x:t>
-[...188 lines deleted...]
-          <x:t>63,961</x:t>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,032</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>64,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>