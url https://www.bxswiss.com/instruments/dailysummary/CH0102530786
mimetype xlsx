--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9431b028884430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07483e27222740c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35779a8864c94ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6902e9b3ff4c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210844b466f2435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35779a8864c94ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66796ea57824444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6902e9b3ff4c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,068</x:t>
-[...247 lines deleted...]
-          <x:t>63,927</x:t>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,980</x:t>
-[...117 lines deleted...]
-          <x:t>64,032</x:t>
+          <x:t>63,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>