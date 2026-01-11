--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07483e27222740c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fa87ae33fb4997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c6902e9b3ff4c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a510cc9e2924b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66796ea57824444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c6902e9b3ff4c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9d1c7c956b4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a510cc9e2924b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>63,877</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,960</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>63,868</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,985</x:t>
-[...48 lines deleted...]
-          <x:t>63,864</x:t>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,864</x:t>
-[...178 lines deleted...]
-          <x:t>63,883</x:t>
+          <x:t>63,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>63,876</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,940</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>63,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>