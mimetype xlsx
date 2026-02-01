--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fa87ae33fb4997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed5090068e84be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a510cc9e2924b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7bdc173dfd4e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9d1c7c956b4b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a510cc9e2924b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b09b0d04eb4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7bdc173dfd4e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>63,868</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,868</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>63,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>63,864</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>63,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>