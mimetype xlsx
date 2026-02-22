--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed5090068e84be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1aeb02812e4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7bdc173dfd4e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea6074d4a6243e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b09b0d04eb4e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7bdc173dfd4e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01c275761184f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea6074d4a6243e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,397 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>63,031</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,031</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>63,128</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,128</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,118</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>