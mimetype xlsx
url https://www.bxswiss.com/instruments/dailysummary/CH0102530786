--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1aeb02812e4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f534f8721784f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea6074d4a6243e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed0ca1565ca46ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01c275761184f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea6074d4a6243e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra653cb587a334a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed0ca1565ca46ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 0-3 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0102530786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,114</x:t>
-[...102 lines deleted...]
-          <x:t>63,149</x:t>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,071</x:t>
+          <x:t>63,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>63,072</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>63,148</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,148</x:t>
-[...323 lines deleted...]
-          <x:t>63,082</x:t>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>