--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385b0cf640f34146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188ddc0fd83740c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7767abe9eb4403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23ae07f18094ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2de29c5eba649eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7767abe9eb4403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7090b0eb88cc46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23ae07f18094ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.855,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.903,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.855,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.876,387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.983,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.024,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.970,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.001,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.044,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.087,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.076,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.082,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.097,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.148,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.127,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.138,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.169,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.213,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.139,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.216,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.135,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.209,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.207,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.209,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.026,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.084,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.086,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.974,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.094,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.040,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.077,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.037,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.059,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.003,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.012,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.935,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.936,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.868,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.931,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.968,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.001,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.953,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.966,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.951,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.999,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.941,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.986,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.008,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.025,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.985,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>