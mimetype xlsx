--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R188ddc0fd83740c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d88de8439644b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23ae07f18094ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31420fa12e5e420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7090b0eb88cc46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23ae07f18094ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8dc82d8bb5745fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31420fa12e5e420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.985,681</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.168,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.144,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.172,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.165,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.153,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.141,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.150,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.177,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.165,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.180,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.232,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.180,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.183,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.209,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.168,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.188,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.211,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.223,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.196,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.204,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.198,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.182,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.226,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.203,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.230,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.196,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.223,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.268,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.275,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.273,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.299,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.303,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.259,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.280,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.290,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.298,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.162,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.188,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.238,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.196,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.235,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.296,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.277,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.284,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.279,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>