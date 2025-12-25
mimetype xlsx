--- v0 (2025-10-02)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e70723cc2e54627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07ef7e965194768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fed3df168a4b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe4194936d645ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967b3c9d7c02466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fed3df168a4b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a36367ecd89484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe4194936d645ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.877,288</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.066,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.088,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.051,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.084,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.121,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.135,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.162,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.155,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.166,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.172,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.173,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.167,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.226,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.166,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.181,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.222,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.184,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.182,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.211,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.167,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.188,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.212,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.204,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.211,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.184,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.228,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.205,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.230,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.198,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.269,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.278,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.245,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.275,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.305,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.306,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.258,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.282,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>