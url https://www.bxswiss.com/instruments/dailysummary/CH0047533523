--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07ef7e965194768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90b8d4642ad4b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe4194936d645ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0672825a5cd046ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a36367ecd89484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe4194936d645ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e94f3d224b41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0672825a5cd046ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.222,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.231,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.181,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.184,829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.305,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.306,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.258,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.282,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.289,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.300,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.190,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.206,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.240,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.237,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.268,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.298,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.251,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.279,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.281,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.312,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.275,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.310,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.293,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.319,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.274,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.316,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.329,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.307,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.441,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.390,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.427,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.450,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.395,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.431,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>