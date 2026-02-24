--- v2 (2026-01-14)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90b8d4642ad4b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7118f18ffd04ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0672825a5cd046ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6e5ff8abd24fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e94f3d224b41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0672825a5cd046ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452ba48154bd46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6e5ff8abd24fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>3.431,833</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.641,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.664,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.607,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.661,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.708,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.662,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.666,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.686,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.692,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.608,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.642,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.769,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.796,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.741,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.795,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.916,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.972,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.654,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.779,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.691,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.701,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.541,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.588,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.309,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.481,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.283,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.397,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.554,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.598,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.536,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.593,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.681,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.682,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.535,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.566,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.564,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.581,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.469,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.514,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.500,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.595,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.496,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.569,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.602,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.633,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.575,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.626,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.595,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.615,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.563,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.577,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.604,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.593,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.638,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.639,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.492,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.502,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.571,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.603,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.534,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.599,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.585,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.596,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.560,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.574,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.529,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.549,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.475,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.511,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.543,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.600,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.522,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.591,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.604,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.626,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.584,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.610,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.622,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.607,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.648,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.693,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.762,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.686,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.756,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>