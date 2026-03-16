--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7118f18ffd04ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6b3eea3a544168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6e5ff8abd24fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3242264f58450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452ba48154bd46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6e5ff8abd24fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6d36b7127e47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3242264f58450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZKB Gold ETF AA EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0047533523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>3.604,780</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.639,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.277,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.593,023</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>3.492,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.502,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.571,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.603,446</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.693,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.762,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.686,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.756,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.740,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.742,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.673,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.704,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.736,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.753,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.717,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.745,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.728,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.747,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.696,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.734,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.727,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.763,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.717,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.748,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.887,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.926,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.822,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.858,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.884,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.893,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.651,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.730,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.758,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.786,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.730,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.738,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.752,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.650,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.694,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.718,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.753,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.665,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.700,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.724,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.673,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.702,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.745,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.785,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.782,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.785,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.737,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.755,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.771,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.780,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.729,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.746,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.731,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.764,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.688,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.710,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>