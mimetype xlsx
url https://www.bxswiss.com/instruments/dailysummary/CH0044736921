--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c5c768495f4ed0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb1014bbf9c4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3a747b6c474297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfac405ec5e4746fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9a3340268849a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3a747b6c474297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb4afd618684029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfac405ec5e4746fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swissquote Quant - Swiss Equities AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0044736921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>140,650</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,410</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,990</x:t>
-[...4 lines deleted...]
-          <x:t>140,450</x:t>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>141,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>