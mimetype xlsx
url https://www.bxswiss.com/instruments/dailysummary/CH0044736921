--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb1014bbf9c4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f53c6c30ab54704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfac405ec5e4746fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535d9261cb9c46a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb4afd618684029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfac405ec5e4746fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3362f51eb2304823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535d9261cb9c46a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swissquote Quant - Swiss Equities AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0044736921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>139,570</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>140,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,630</x:t>
-[...6 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,050</x:t>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,630</x:t>
-[...11 lines deleted...]
-          <x:t>140,630</x:t>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,370</x:t>
-[...129 lines deleted...]
-          <x:t>138,990</x:t>
+          <x:t>139,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>140,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>