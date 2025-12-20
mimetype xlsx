--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f53c6c30ab54704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c630d236bb04c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535d9261cb9c46a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6d3cb5b8e44c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3362f51eb2304823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535d9261cb9c46a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196acca9baac4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6d3cb5b8e44c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swissquote Quant - Swiss Equities AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0044736921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>139,750</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>141,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>139,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>05.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,810</x:t>
-[...306 lines deleted...]
-          <x:t>135,640</x:t>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>