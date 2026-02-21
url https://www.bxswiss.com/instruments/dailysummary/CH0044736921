--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c630d236bb04c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485728d80ef645ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a6d3cb5b8e44c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f39bf2a524b41f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196acca9baac4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a6d3cb5b8e44c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3359f461ad414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f39bf2a524b41f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swissquote Quant - Swiss Equities AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0044736921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...625 lines deleted...]
-          <x:t>142,750</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,390</x:t>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>