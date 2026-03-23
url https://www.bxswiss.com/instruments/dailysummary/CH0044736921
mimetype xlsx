--- v4 (2026-02-21)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485728d80ef645ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd8e8c3b73a643fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f39bf2a524b41f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e4e2fa7e124476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3359f461ad414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f39bf2a524b41f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ed2209c2e24c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e4e2fa7e124476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swissquote Quant - Swiss Equities AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0044736921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>143,470</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,030</x:t>
-[...80 lines deleted...]
-          <x:t>143,150</x:t>
+          <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...478 lines deleted...]
-          <x:t>147,980</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>