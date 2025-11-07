--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b600f9c1f8c4ced" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c96e4c5ae441cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b17d16b097c477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a06ed38d2b4b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R402949d57f614d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b17d16b097c477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c79d09050fe4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a06ed38d2b4b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Q Funds - Nebenwerte Schweiz RC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0043431425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>252,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,550</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>251,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>249,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>248,450</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>250,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>