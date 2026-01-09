--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c96e4c5ae441cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a713d398ff744ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a06ed38d2b4b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633481d393f346e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,731 +91,569 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c79d09050fe4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a06ed38d2b4b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R677d7d00fd3a4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633481d393f346e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Q Funds - Nebenwerte Schweiz RC</x:t>
+          <x:t>Lienhardt &amp; Partner Nebenwerte-Fonds Schweiz CHF RC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0043431425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>244,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>247,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>22.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,650</x:t>
-[...21 lines deleted...]
-          <x:t>247,100</x:t>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>246,850</x:t>
-[...21 lines deleted...]
-          <x:t>249,650</x:t>
+          <x:t>246,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,500</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>238,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>