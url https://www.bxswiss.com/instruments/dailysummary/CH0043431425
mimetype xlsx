--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a713d398ff744ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd6f4a9e67340e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633481d393f346e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6530f38c2374406b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R677d7d00fd3a4d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633481d393f346e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7b911d7339430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6530f38c2374406b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lienhardt &amp; Partner Nebenwerte-Fonds Schweiz CHF RC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0043431425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>240,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,425</x:t>
-[...16 lines deleted...]
-          <x:t>243,275</x:t>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,925</x:t>
-[...48 lines deleted...]
-          <x:t>248,150</x:t>
+          <x:t>245,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>247,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>