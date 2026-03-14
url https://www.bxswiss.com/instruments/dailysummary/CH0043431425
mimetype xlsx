--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd6f4a9e67340e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8eabe71e2594373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6530f38c2374406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c289a7bef640ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7b911d7339430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6530f38c2374406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001b1eb40c594f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c289a7bef640ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lienhardt &amp; Partner Nebenwerte-Fonds Schweiz CHF RC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0043431425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>245,375</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,225</x:t>
-[...43 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>246,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>247,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>