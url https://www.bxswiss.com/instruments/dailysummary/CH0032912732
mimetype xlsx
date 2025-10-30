--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d39599971c94a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81bb6fd6341e4c36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd278e71ef94a4319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b73ade5e8347b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb700c7c8ca2b4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd278e71ef94a4319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af3288080124e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b73ade5e8347b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>