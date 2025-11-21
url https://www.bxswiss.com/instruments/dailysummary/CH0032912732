--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81bb6fd6341e4c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67b5a9057b34390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b73ade5e8347b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3265e5672bb24b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af3288080124e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b73ade5e8347b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8276032451134193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3265e5672bb24b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,571 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>210,064</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,247</x:t>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>