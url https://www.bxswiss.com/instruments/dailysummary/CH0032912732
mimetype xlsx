--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67b5a9057b34390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d17ec02ab984181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3265e5672bb24b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1fca5f97494704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8276032451134193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3265e5672bb24b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359ab0e18a024853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1fca5f97494704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>214,167</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,710</x:t>
-[...166 lines deleted...]
-          <x:t>208,538</x:t>
+          <x:t>217,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>