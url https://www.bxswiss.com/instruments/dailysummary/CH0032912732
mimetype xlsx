--- v3 (2026-01-01)
+++ v4 (2026-01-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d17ec02ab984181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3098f09e997149c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1fca5f97494704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028b4e9bd9524801"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359ab0e18a024853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1fca5f97494704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13569ec90b9d4933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028b4e9bd9524801" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -656,31 +224,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>