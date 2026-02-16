--- v4 (2026-01-24)
+++ v5 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3098f09e997149c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82ed1056b7b4766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028b4e9bd9524801"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17967ea4a3f49d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13569ec90b9d4933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028b4e9bd9524801" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb240f524ea7f4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17967ea4a3f49d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>