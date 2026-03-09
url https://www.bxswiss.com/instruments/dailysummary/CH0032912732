--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82ed1056b7b4766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdac3af785f491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17967ea4a3f49d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4469c635474f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb240f524ea7f4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17967ea4a3f49d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ff0173753b4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4469c635474f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SLI ETF A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0032912732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>220,070</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,152</x:t>
-[...53 lines deleted...]
-          <x:t>219,151</x:t>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>