--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a73ae752264daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa2a9102c514bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000a55715b544b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d36833983548a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241906887e864736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000a55715b544b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80fd83da5d94af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d36833983548a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SLI ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0031768937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>213,925</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>