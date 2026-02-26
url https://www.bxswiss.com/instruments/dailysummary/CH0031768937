--- v1 (2026-01-08)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aa2a9102c514bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e50cb8e0e043db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d36833983548a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6192588d39f4f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra80fd83da5d94af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d36833983548a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf0fea6ce564645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6192588d39f4f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SLI ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0031768937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>228,728</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>