--- v2 (2026-02-26)
+++ v3 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91e50cb8e0e043db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35644ead255f423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6192588d39f4f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6bd79d39ce43ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf0fea6ce564645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6192588d39f4f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107377c1dd164448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6bd79d39ce43ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SLI ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0031768937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>225,959</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,227</x:t>
-[...571 lines deleted...]
-          <x:t>233,393</x:t>
+          <x:t>227,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>