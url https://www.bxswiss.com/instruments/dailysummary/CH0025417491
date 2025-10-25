--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c58bba06a144990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040d47a09214eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4702330fd3594357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redba967a0d624fcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aba3c16166a4333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4702330fd3594357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297275d97269426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redba967a0d624fcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF III - Equity Fund Switzerland Total (II) FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0025417491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>184,750</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,550</x:t>
-[...75 lines deleted...]
-          <x:t>184,150</x:t>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,150</x:t>
-[...522 lines deleted...]
-          <x:t>186,150</x:t>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>