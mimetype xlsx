--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040d47a09214eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9133bbfab9431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redba967a0d624fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7514e9fb7f6240a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297275d97269426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redba967a0d624fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07060645658479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7514e9fb7f6240a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF III - Equity Fund Switzerland Total (II) FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0025417491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>186,150</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>188,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>188,050</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>188,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>