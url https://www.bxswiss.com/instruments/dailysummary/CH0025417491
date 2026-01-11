--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9133bbfab9431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a679f0bfbb646ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7514e9fb7f6240a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998c79632c0543fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07060645658479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7514e9fb7f6240a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ebcc0c8ebda418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998c79632c0543fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF III - Equity Fund Switzerland Total (II) FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0025417491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>