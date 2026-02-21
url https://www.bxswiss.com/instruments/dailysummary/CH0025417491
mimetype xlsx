--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a679f0bfbb646ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ad5127bb4d4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998c79632c0543fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1884efdefaf945a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ebcc0c8ebda418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998c79632c0543fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d149a43e064d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1884efdefaf945a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF III - Equity Fund Switzerland Total (II) FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0025417491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>193,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>193,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,125</x:t>
-[...70 lines deleted...]
-          <x:t>193,175</x:t>
+          <x:t>196,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>22.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,875</x:t>
-[...75 lines deleted...]
-          <x:t>197,575</x:t>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,425</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>198,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>200,750</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,850</x:t>
-[...53 lines deleted...]
-          <x:t>201,150</x:t>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>