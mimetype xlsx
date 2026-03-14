--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ad5127bb4d4b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbe28a1535c445fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1884efdefaf945a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea5b7a9b1fbe4171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d149a43e064d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1884efdefaf945a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd2548c160e4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea5b7a9b1fbe4171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF III - Equity Fund Switzerland Total (II) FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0025417491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>193,725</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,525</x:t>
-[...490 lines deleted...]
-          <x:t>202,550</x:t>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>