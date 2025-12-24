--- v0 (2025-10-08)
+++ v1 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b978f560474e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5cfeac2a584006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8238ca311e74f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc5b4bae18348fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff1a2b683fdd4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8238ca311e74f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6feb47f7171746fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc5b4bae18348fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>176,600</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...494 lines deleted...]
-          <x:t>178,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,050</x:t>
-[...31 lines deleted...]
-          <x:t>179,210</x:t>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>