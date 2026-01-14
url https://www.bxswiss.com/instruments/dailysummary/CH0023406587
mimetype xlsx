--- v1 (2025-12-24)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5cfeac2a584006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676c636eda544b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc5b4bae18348fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232fbb2ed9bd4e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6feb47f7171746fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc5b4bae18348fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4629333cad014017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232fbb2ed9bd4e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>180,990</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,250</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>181,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>