--- v2 (2026-01-14)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676c636eda544b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae2774fb8014987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232fbb2ed9bd4e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6535b7f7ce544cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4629333cad014017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232fbb2ed9bd4e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50a0a7e7e3246cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6535b7f7ce544cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,040</x:t>
-[...85 lines deleted...]
-          <x:t>184,840</x:t>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>187,020</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>