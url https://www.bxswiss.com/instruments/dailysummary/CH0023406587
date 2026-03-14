--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae2774fb8014987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf01f68a2c834004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6535b7f7ce544cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acaf5c35a84488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50a0a7e7e3246cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6535b7f7ce544cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355fe086cf8241f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acaf5c35a84488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Migros Bank (CH) Fonds - SwissStock AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0023406587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>186,860</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>192,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>