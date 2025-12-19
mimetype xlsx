--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487463481bfb4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c23aced6ed46ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08695b8b40eb4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9548a42d5ac4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be698bb3df74e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08695b8b40eb4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06216fe335342dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9548a42d5ac4385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMIM ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019852802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>303,157</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>302,094</x:t>
-[...517 lines deleted...]
-          <x:t>297,677</x:t>
+          <x:t>306,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>