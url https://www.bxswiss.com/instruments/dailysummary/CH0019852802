--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c23aced6ed46ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c78632e51e45d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9548a42d5ac4385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f9e69d256f470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06216fe335342dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9548a42d5ac4385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf33e8345c5843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f9e69d256f470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMIM ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019852802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>