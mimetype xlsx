--- v2 (2026-01-09)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c78632e51e45d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f65461860145af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f9e69d256f470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d56e03663d4a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf33e8345c5843b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f9e69d256f470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cc08774a4642aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d56e03663d4a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMIM ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019852802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>