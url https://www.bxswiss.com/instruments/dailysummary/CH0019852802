--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f65461860145af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94054ec5af474942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d56e03663d4a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3aad76e4f1446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cc08774a4642aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d56e03663d4a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba5fe0650f34055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3aad76e4f1446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMIM ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019852802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>