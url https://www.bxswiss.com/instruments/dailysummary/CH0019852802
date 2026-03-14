--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94054ec5af474942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bea9b874594a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3aad76e4f1446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cd944ba7124e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba5fe0650f34055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3aad76e4f1446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24eb2ef0d14401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cd944ba7124e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMIM ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019852802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>