--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7903f7b0a943b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc4b0668c1e4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283025e65f6a4d1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f065fc7f094b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649f0696375241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283025e65f6a4d1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fa7d98987b4432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f065fc7f094b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Market Tracker CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019592036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,850</x:t>
+          <x:t>210,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>210,750</x:t>
-[...38 lines deleted...]
-          <x:t>213,850</x:t>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,250</x:t>
-[...517 lines deleted...]
-          <x:t>213,250</x:t>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>