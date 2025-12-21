--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc4b0668c1e4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a97a5e4c8c24375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f065fc7f094b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ce63c8c25e48ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fa7d98987b4432" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f065fc7f094b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26597680cece43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ce63c8c25e48ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Market Tracker CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019592036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>210,650</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,600</x:t>
-[...141 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>210,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,050</x:t>
-[...21 lines deleted...]
-          <x:t>213,550</x:t>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,750</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,450</x:t>
-[...4 lines deleted...]
-          <x:t>213,950</x:t>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>214,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>215,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,750</x:t>
-[...16 lines deleted...]
-          <x:t>217,350</x:t>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,850</x:t>
-[...178 lines deleted...]
-          <x:t>216,650</x:t>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,950</x:t>
-[...112 lines deleted...]
-          <x:t>216,450</x:t>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>