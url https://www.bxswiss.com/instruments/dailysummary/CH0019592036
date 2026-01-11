--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a97a5e4c8c24375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5723d4ce3d264552" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ce63c8c25e48ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8a4ab9e9024781"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26597680cece43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ce63c8c25e48ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e5f25d7f284e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8a4ab9e9024781" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Market Tracker CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019592036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>214,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,750</x:t>
-[...70 lines deleted...]
-          <x:t>214,650</x:t>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,450</x:t>
-[...70 lines deleted...]
-          <x:t>215,750</x:t>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,650</x:t>
-[...21 lines deleted...]
-          <x:t>217,050</x:t>
+          <x:t>217,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,650</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>215,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>216,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,950</x:t>
-[...43 lines deleted...]
-          <x:t>218,850</x:t>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,650</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>