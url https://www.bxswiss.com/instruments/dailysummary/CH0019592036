--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5723d4ce3d264552" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba844aba4d5d4dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8a4ab9e9024781"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80eb6a00f7a54237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e5f25d7f284e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8a4ab9e9024781" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4183de4c11941d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80eb6a00f7a54237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Market Tracker CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019592036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,650</x:t>
-[...58 lines deleted...]
-          <x:t>220,750</x:t>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>220,350</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>223,150</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>224,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>