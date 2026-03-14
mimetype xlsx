--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba844aba4d5d4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a4e61bc70b41dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80eb6a00f7a54237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d9a3d2a4744c6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4183de4c11941d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80eb6a00f7a54237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re434ef6c0ae24590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d9a3d2a4744c6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Market Tracker CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019592036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>224,350</x:t>
+          <x:t>223,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,650</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>220,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,250</x:t>
-[...441 lines deleted...]
-          <x:t>232,500</x:t>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>