--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda7a301da06484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c80c3242e054cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71d60c368ac4db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003b7174dec64a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc811410c439b4160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71d60c368ac4db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841ffdf0431240f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003b7174dec64a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Mid Small Cap CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>9.282,500</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.920,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.975,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.065,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.095,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.020,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.035,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.990,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.930,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.015,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.010,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.200,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.205,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.262,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.237,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.247,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.367,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.342,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.337,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.322,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.367,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.337,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.297,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.287,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>9.312,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.372,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.337,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.367,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.342,500</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>9.452,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>