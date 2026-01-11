--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c80c3242e054cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b66f931406f4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R003b7174dec64a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb321a475e4224fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841ffdf0431240f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R003b7174dec64a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a0ebce908f4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb321a475e4224fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Mid Small Cap CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>9.327,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.297,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.372,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.337,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.257,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.312,500</x:t>
-[...11 lines deleted...]
-          <x:t>9.357,500</x:t>
+          <x:t>9.302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.367,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.342,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.397,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.387,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.352,500</x:t>
+          <x:t>9.447,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.367,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>9.342,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.432,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.417,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.452,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.407,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.452,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.565,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.520,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.657,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.667,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.667,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.780,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.667,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.722,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.737,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.742,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.727,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>