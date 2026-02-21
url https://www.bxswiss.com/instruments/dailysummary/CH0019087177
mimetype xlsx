--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b66f931406f4d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5429d5d831684cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb321a475e4224fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232aee7e48ee4811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a0ebce908f4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb321a475e4224fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14569e2fe9e84a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232aee7e48ee4811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Mid Small Cap CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>9.632,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.712,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.697,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.732,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.722,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.875,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.865,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.785,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.820,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.815,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.787,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.680,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.662,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.667,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.660,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.645,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.527,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.635,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.715,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.725,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.597,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.637,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.530,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.597,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.662,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.570,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.690,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.520,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.632,500</x:t>
-[...6 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>9.690,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.642,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.657,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.667,500</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>9.587,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.667,500</x:t>
-[...6 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>9.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.702,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.542,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.582,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.547,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.537,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.552,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.742,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.742,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.747,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.692,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.702,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.737,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.637,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.747,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.795,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.707,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.780,000</x:t>
-[...63 lines deleted...]
-          <x:t>9.727,500</x:t>
+          <x:t>9.770,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>