--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5429d5d831684cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e286a6b809643a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232aee7e48ee4811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0b80243a94c4592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14569e2fe9e84a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232aee7e48ee4811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3fb21c908f042e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0b80243a94c4592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Mid Small Cap CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.657,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.702,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.542,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.582,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.547,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.537,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.552,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.742,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.742,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.747,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.692,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.702,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.737,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.637,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.717,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.747,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.795,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.707,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.770,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.667,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.712,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.627,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.657,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.642,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.682,500</x:t>
-[...6 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>9.702,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.677,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.672,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.747,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.727,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.607,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.697,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>9.690,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.565,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.677,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.665,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.540,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.540,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.550,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.437,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.520,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>9.770,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.557,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.437,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.447,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.295,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.057,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.135,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.175,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.135,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.020,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.080,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.085,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.062,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.120,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>