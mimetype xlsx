--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e1c8f9ac0948cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e9f1fa6fda47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2bf462bcf9406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567327cd8ea64736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8dc76c07034a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2bf462bcf9406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68055648761a4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567327cd8ea64736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Equities CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3.922,500</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.831,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.851,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.820,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.836,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.864,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.838,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.842,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.840,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.883,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.879,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.905,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.879,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.877,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.930,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.864,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.930,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.927,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.935,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.927,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.942,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.924,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.939,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.941,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.902,500</x:t>
-[...173 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>3.948,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.930,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.946,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.936,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.954,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.957,000</x:t>
-[...21 lines deleted...]
-          <x:t>3.966,000</x:t>
+          <x:t>3.934,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.941,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.937,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.976,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.937,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.963,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.973,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.981,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.949,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.953,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.959,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.983,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.958,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.978,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.973,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.971,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.980,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.978,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.999,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.960,000</x:t>
-[...21 lines deleted...]
-          <x:t>4.008,000</x:t>
+          <x:t>3.978,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.998,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.997,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.001,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.961,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.968,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.953,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.937,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.983,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.980,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.008,000</x:t>
-[...48 lines deleted...]
-          <x:t>4.008,000</x:t>
+          <x:t>3.992,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.968,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.975,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.994,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.971,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.987,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.018,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4.005,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.986,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.997,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.006,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.016,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.988,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.995,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.987,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.011,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.984,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.000,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>3.985,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.999,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.031,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.999,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.031,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.046,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.021,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.044,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>