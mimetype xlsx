--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e9f1fa6fda47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62c8a5d673c4bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R567327cd8ea64736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9d84cb1bc1430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68055648761a4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R567327cd8ea64736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b066e060e274d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9d84cb1bc1430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Equities CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.953,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.985,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.937,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.976,000</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>3.983,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3.989,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.992,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.968,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.975,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.994,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.970,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.971,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>3.978,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.987,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.018,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.986,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.997,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.006,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.016,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.988,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.995,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.987,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.011,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.000,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.999,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.978,000</x:t>
-[...200 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>4.031,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.999,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.031,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3.999,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.046,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.021,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.044,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.010,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.031,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4.021,000</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.037,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.076,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.036,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.068,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.068,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.072,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.044,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.042,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.039,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.055,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.058,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.076,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.074,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.081,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.062,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.136,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.145,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.140,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.154,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.152,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>