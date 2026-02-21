--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62c8a5d673c4bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6b32522c8449dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9d84cb1bc1430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e0997967804261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b066e060e274d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9d84cb1bc1430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe8d4e875c84333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e0997967804261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Equities CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.056,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.077,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.077,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.104,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.058,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.076,500</x:t>
-[...43 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>4.095,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.148,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.135,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.077,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.085,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.064,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.101,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.116,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.137,500</x:t>
+          <x:t>4.125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.093,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.080,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.082,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.034,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.043,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.039,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.091,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.085,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.084,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.082,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.087,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.082,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.079,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.164,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.168,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.102,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.136,500</x:t>
-[...11 lines deleted...]
-          <x:t>4.138,500</x:t>
+          <x:t>4.149,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.125,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.108,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.088,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.159,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.168,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.168,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.144,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.159,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.145,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.120,500</x:t>
-[...31 lines deleted...]
-          <x:t>4.152,500</x:t>
+          <x:t>4.165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.164,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.148,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.169,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.221,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.209,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.238,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.231,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>