--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6b32522c8449dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf3566c30fd4390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e0997967804261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077690ff279440e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe8d4e875c84333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e0997967804261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3af0d2f9e64225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077690ff279440e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss Equities CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0019087102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4.137,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.145,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.164,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.124,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.148,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4.093,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.169,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.221,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.209,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.219,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.238,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.231,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.203,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.221,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.272,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.245,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.250,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.254,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.226,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.246,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.221,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.239,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.258,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.257,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.176,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.069,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.103,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.083,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.098,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.078,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.108,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4.161,500</x:t>
-[...279 lines deleted...]
-          <x:t>4.231,500</x:t>
+          <x:t>4.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.040,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.027,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.960,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.987,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.875,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.942,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.875,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.939,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.003,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4.024,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.981,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.949,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.912,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.916,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.909,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.937,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.913,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.889,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.941,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.879,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.920,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>