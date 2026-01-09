--- v0 (2025-11-10)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2236e22fcc04d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b21c846ddc44be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699c54ffcdd04c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc29bdb8cc14768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd430ca313dc4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699c54ffcdd04c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cfd82bc7101424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc29bdb8cc14768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0017142719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>125,287</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>