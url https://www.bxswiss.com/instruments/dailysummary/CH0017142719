--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b21c846ddc44be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ea6a5c2f2b46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc29bdb8cc14768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ce38947e8c4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cfd82bc7101424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc29bdb8cc14768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7491fabcd9b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ce38947e8c4d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0017142719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>