--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3ea6a5c2f2b46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e25e33a0ca4b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ce38947e8c4d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a60be5582344aba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7491fabcd9b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ce38947e8c4d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c5a72fec1641ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a60be5582344aba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0017142719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>