--- v3 (2026-02-21)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e25e33a0ca4b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcff91c6a6a4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a60be5582344aba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c48af5e99c415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c5a72fec1641ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a60be5582344aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc7577f5be242b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c48af5e99c415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - SMI (CHF) A-dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0017142719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>