--- v0 (2025-10-15)
+++ v1 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8935f79791074bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9063de910004fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5828564aa9ea4d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1033f1bbfd0f4196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc73221c536434700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5828564aa9ea4d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f497670ffa429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1033f1bbfd0f4196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 7-15 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>107,104</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>