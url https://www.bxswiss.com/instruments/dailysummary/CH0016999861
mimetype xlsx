--- v1 (2026-02-18)
+++ v2 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9063de910004fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e63b65641f4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1033f1bbfd0f4196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a1c7af67404869"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f497670ffa429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1033f1bbfd0f4196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660ea3c566bb4830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a1c7af67404869" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 7-15 ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>105,957</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>