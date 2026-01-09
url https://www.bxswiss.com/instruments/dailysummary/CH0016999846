--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd982d5a3d646a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb5d663e9d641d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2abbc49a21854904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccc99a79a8c4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21fe097c09c40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2abbc49a21854904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc204ab61d87b476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccc99a79a8c4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>75,106</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>75,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>