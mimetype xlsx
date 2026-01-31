--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb5d663e9d641d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64adc0b35db4c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccc99a79a8c4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0680e0477d4d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc204ab61d87b476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccc99a79a8c4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca00f2ad46104a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0680e0477d4d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>74,639</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>74,728</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,013</x:t>
-[...80 lines deleted...]
-          <x:t>75,070</x:t>
+          <x:t>74,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,860</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>75,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>