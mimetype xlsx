--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64adc0b35db4c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48133ebb12eb4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0680e0477d4d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336e5bae463a4640"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca00f2ad46104a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0680e0477d4d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c8a403160b46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336e5bae463a4640" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,020</x:t>
-[...26 lines deleted...]
-          <x:t>75,070</x:t>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>74,996</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,976</x:t>
-[...252 lines deleted...]
-          <x:t>74,860</x:t>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>