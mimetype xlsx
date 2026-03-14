--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48133ebb12eb4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e65d5996774c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336e5bae463a4640"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e0bfed519b4b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c8a403160b46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336e5bae463a4640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadcdcca4ca244eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e0bfed519b4b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Domestic Government Bond 3-7 ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0016999846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>74,730</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,640</x:t>
-[...97 lines deleted...]
-          <x:t>74,900</x:t>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,860</x:t>
-[...16 lines deleted...]
-          <x:t>74,934</x:t>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,934</x:t>
-[...431 lines deleted...]
-          <x:t>74,802</x:t>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>