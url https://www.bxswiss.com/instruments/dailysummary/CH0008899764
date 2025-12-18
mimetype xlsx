--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b05b7bb69e344cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d05d946b08147c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0d0e194f22c4a25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c34c60095e4f94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76b6496c1974a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0d0e194f22c4a25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra08f301967834a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c34c60095e4f94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,273</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>