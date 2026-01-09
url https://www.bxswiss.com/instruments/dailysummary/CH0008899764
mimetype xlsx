--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d05d946b08147c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865c4e35cde142fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c34c60095e4f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef1e09fa3b248a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra08f301967834a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c34c60095e4f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d01261be7445c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef1e09fa3b248a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>