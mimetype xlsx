--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865c4e35cde142fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f50e1d87a6348ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef1e09fa3b248a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf0542f51714e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d01261be7445c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef1e09fa3b248a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b00879b1a94a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf0542f51714e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>