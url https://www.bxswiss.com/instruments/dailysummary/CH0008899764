--- v3 (2026-01-10)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f50e1d87a6348ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14338e5ef1684fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf0542f51714e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9565f9dd1994a4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b00879b1a94a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf0542f51714e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869c563dc3d44c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9565f9dd1994a4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,821</x:t>
-[...97 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,477</x:t>
-[...90 lines deleted...]
-          <x:t>139,066</x:t>
+          <x:t>139,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>