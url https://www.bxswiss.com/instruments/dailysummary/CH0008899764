--- v4 (2026-02-11)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14338e5ef1684fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f8f587330841a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9565f9dd1994a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3797fb712c9841e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869c563dc3d44c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9565f9dd1994a4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b7f14945c8842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3797fb712c9841e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) SMI ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0008899764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>140,051</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>