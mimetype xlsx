--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518b0466a6c44077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8ff042997d43f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078dcd25bb46409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85b7a8aef6b462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f51b73f80494842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078dcd25bb46409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b2103c75f84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85b7a8aef6b462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - TopGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0006586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>286,290</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>296,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>296,670</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>