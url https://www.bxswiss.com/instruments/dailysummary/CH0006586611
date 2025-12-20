--- v1 (2025-10-29)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8ff042997d43f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a8ace5ca7544a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf85b7a8aef6b462a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc3ddf634174f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b2103c75f84bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf85b7a8aef6b462a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab9cba4842d446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc3ddf634174f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - TopGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0006586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>297,550</x:t>
-[...75 lines deleted...]
-          <x:t>296,250</x:t>
+          <x:t>292,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>291,280</x:t>
-[...355 lines deleted...]
-          <x:t>297,910</x:t>
+          <x:t>299,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>