--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a8ace5ca7544a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29efc4c528f248a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc3ddf634174f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7a85ea841a4976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab9cba4842d446f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc3ddf634174f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2e4827b29e496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7a85ea841a4976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - TopGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0006586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>304,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>304,670</x:t>
-[...247 lines deleted...]
-          <x:t>303,710</x:t>
+          <x:t>306,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>