--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29efc4c528f248a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a98e9e68644a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7a85ea841a4976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfeafdcdd4b94cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2e4827b29e496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7a85ea841a4976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4b8242144a4d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfeafdcdd4b94cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - TopGlobal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0006586611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>309,240</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>305,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>305,250</x:t>
-[...264 lines deleted...]
-          <x:t>310,280</x:t>
+          <x:t>306,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>306,510</x:t>
-[...161 lines deleted...]
-          <x:t>312,500</x:t>
+          <x:t>306,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>