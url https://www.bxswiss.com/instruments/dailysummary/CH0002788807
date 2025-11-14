--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f6e1cd54a34058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3fbf84e79e44e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98adb91e83c1498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136164bc13de4a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0362d2dd9c1b42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98adb91e83c1498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f6189a47184e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136164bc13de4a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS 100 Index-Fund Switzerland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0002788807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.422,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.347,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.377,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.312,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.322,500</x:t>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.517,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.492,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.402,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.457,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.337,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.452,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.482,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.422,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.447,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.457,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.407,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.452,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.407,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.447,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.427,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.437,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.457,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.417,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.417,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.367,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.312,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.262,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.287,500</x:t>
-[...6 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>9.272,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.262,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.252,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.282,500</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.302,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.227,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.237,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.257,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.252,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.272,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.137,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.262,500</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.297,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.282,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.247,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.242,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.372,500</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.292,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.247,500</x:t>
-[...490 lines deleted...]
-          <x:t>9.407,500</x:t>
+          <x:t>9.362,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.422,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.547,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.542,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.607,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.630,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.557,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.562,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>