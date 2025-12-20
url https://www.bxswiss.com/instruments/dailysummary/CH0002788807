--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3fbf84e79e44e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69665c76d3714bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136164bc13de4a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b645ee39f534f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f6189a47184e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136164bc13de4a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a02fe067a04e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b645ee39f534f09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS 100 Index-Fund Switzerland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0002788807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>9.377,500</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.397,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.312,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.332,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.427,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.352,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.387,500</x:t>
-[...31 lines deleted...]
-          <x:t>9.382,500</x:t>
+          <x:t>9.392,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.407,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.407,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.445,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.440,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.502,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.507,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.442,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.492,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9.337,500</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.557,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.452,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...462 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.557,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.572,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.552,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.607,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.620,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.582,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.615,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.620,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.630,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.625,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>9.567,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.592,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.607,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.680,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.615,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.630,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.645,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.640,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.557,500</x:t>
-[...4 lines deleted...]
-          <x:t>9.562,500</x:t>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.705,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.680,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.725,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.710,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.720,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.725,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.760,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.755,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.760,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.745,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.745,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>