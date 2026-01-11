--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69665c76d3714bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb918de3bd7294940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b645ee39f534f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5b2640251b457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98a02fe067a04e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b645ee39f534f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc613987f30144953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5b2640251b457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS 100 Index-Fund Switzerland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0002788807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9.572,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.607,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.552,500</x:t>
-[...70 lines deleted...]
-          <x:t>9.592,500</x:t>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.640,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.592,500</x:t>
-[...26 lines deleted...]
-          <x:t>9.602,500</x:t>
+          <x:t>9.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.725,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.650,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>9.705,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.655,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.685,000</x:t>
-[...141 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>9.760,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.655,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9.755,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9.760,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>9.815,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.745,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.745,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.740,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.760,000</x:t>
-[...33 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>9.825,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.740,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.825,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.835,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.860,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.800,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.870,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.930,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.920,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.890,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.890,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.920,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.920,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.925,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.920,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.010,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.000,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.050,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.005,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.010,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.010,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.065,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.020,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.065,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>