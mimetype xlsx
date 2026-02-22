--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb918de3bd7294940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25ccb7b1f7f42da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5b2640251b457c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84cd00d487b84350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc613987f30144953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5b2640251b457c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b2b3411a3d4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84cd00d487b84350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS 100 Index-Fund Switzerland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0002788807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9.607,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.700,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.680,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.770,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.725,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.730,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.670,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>9.675,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.690,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.685,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.640,000</x:t>
-[...16 lines deleted...]
-          <x:t>9.695,000</x:t>
+          <x:t>9.700,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.635,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.690,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.725,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.650,000</x:t>
-[...43 lines deleted...]
-          <x:t>9.790,000</x:t>
+          <x:t>9.750,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.715,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.740,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.600,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.617,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.605,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.700,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.600,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.687,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.737,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.697,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.712,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.840,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.840,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.802,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.920,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.900,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.940,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.815,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.740,000</x:t>
-[...124 lines deleted...]
-          <x:t>9.870,000</x:t>
+          <x:t>9.935,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.912,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.952,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.970,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.930,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.865,000</x:t>
-[...70 lines deleted...]
-          <x:t>9.880,000</x:t>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.925,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.845,000</x:t>
-[...21 lines deleted...]
-          <x:t>10.010,000</x:t>
+          <x:t>9.965,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.900,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.000,000</x:t>
-[...6 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.990,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.012,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.947,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.007,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.995,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.035,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.050,000</x:t>
-[...4 lines deleted...]
-          <x:t>9.970,000</x:t>
+          <x:t>9.995,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.005,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>10.010,000</x:t>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.025,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.965,000</x:t>
-[...31 lines deleted...]
-          <x:t>10.065,000</x:t>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.125,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.155,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>