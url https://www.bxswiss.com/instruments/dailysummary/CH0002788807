--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25ccb7b1f7f42da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e09ebe423ca4c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84cd00d487b84350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459dafb06fbd4774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b2b3411a3d4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84cd00d487b84350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2872c439f20d4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459dafb06fbd4774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS 100 Index-Fund Switzerland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0002788807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.930,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.925,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.965,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.990,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.012,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.947,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.007,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.005,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.125,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.130,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.270,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.235,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.235,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.275,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.250,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.275,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.210,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.270,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.085,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.045,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.125,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.980,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.835,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.987,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.922,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.875,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.785,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.745,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.632,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.535,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.530,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.685,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.700,000</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>9.735,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9.770,000</x:t>
-[...566 lines deleted...]
-          <x:t>10.155,000</x:t>
+          <x:t>9.620,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.552,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.532,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.522,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.507,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.532,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.475,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.450,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9.512,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>