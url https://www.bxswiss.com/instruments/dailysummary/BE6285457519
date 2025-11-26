--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61c02ec67df4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f5c954c47f4642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a31d16e6b34730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28330fc033d48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefca757c2234b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a31d16e6b34730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24acdff0e5614484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28330fc033d48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>93,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,160</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>93,370</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>94,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>