--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f5c954c47f4642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83d0375c96a4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28330fc033d48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d71d3a31145bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24acdff0e5614484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28330fc033d48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4145c82124044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d71d3a31145bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>93,405</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,335</x:t>
-[...92 lines deleted...]
-          <x:t>92,905</x:t>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,890</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>92,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,975</x:t>
-[...16 lines deleted...]
-          <x:t>93,270</x:t>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,050</x:t>
-[...107 lines deleted...]
-          <x:t>93,370</x:t>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>