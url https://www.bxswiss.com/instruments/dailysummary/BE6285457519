--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83d0375c96a4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refead3339ce84a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d71d3a31145bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002d59973a6b4d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4145c82124044d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d71d3a31145bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2077bdc9b0db4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002d59973a6b4d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>92,685</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,090</x:t>
-[...21 lines deleted...]
-          <x:t>92,050</x:t>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>92,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,955</x:t>
-[...97 lines deleted...]
-          <x:t>92,155</x:t>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,775</x:t>
-[...31 lines deleted...]
-          <x:t>91,760</x:t>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>