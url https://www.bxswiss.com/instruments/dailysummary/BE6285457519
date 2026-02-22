--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refead3339ce84a97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcb4f89bc2b49fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002d59973a6b4d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab695b0ac4541ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2077bdc9b0db4052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002d59973a6b4d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b901b41defe4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab695b0ac4541ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>92,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,085</x:t>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>92,600</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>92,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>