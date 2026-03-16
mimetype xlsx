--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcb4f89bc2b49fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1eb3c9e7f2a4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab695b0ac4541ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce38942380c84a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b901b41defe4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab695b0ac4541ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a6d2b6e05b34703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce38942380c84a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 36</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6285457519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>92,685</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,465</x:t>
-[...11 lines deleted...]
-          <x:t>92,520</x:t>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,475</x:t>
-[...571 lines deleted...]
-          <x:t>93,600</x:t>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>