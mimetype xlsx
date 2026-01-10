--- v0 (2025-10-09)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf4ba85d31348f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456deb5308d54ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201e683682c9490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548eb7a6762943da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R848477ba7aa24215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201e683682c9490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80faab9e8b54a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548eb7a6762943da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6276040431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>95,455</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>95,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>95,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>95,295</x:t>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>