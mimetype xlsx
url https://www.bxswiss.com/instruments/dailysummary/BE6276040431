--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456deb5308d54ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3565504e67cb43ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548eb7a6762943da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radce801cd2964de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80faab9e8b54a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548eb7a6762943da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171f41feed304dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radce801cd2964de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6276040431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>95,315</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,250</x:t>
-[...58 lines deleted...]
-          <x:t>95,130</x:t>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>