--- v2 (2026-02-21)
+++ v3 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3565504e67cb43ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2a668b26a234564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radce801cd2964de3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R192e951d74c642f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171f41feed304dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radce801cd2964de3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb287576f764968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R192e951d74c642f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anheuser-Busch 30</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BE6276040431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>95,225</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>95,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>