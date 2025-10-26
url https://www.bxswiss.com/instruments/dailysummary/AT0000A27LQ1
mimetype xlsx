--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dcdbd0a8da64a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983da565cbfd48cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c9c46227cd451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18456a3675b42ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891f8af8bc414fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c9c46227cd451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2c8b5e1044443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18456a3675b42ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voestalpine 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT0000A27LQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,485</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,420</x:t>
-[...16 lines deleted...]
-          <x:t>99,460</x:t>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>99,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,375</x:t>
-[...367 lines deleted...]
-          <x:t>99,440</x:t>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,440</x:t>
-[...43 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,515</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,580</x:t>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>