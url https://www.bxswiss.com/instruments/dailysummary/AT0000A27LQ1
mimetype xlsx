--- v1 (2025-10-26)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983da565cbfd48cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd463fe5284d2485d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18456a3675b42ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb023bae85e4b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2c8b5e1044443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18456a3675b42ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a315a273cb4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb023bae85e4b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voestalpine 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT0000A27LQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>