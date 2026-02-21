--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd463fe5284d2485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf800907416664639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb023bae85e4b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6efabdade2924289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a315a273cb4aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb023bae85e4b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3c5ee6e3184236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6efabdade2924289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voestalpine 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT0000A27LQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>99,735</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>