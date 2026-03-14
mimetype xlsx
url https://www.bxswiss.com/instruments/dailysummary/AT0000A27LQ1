--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf800907416664639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6efbbb9bfe4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6efabdade2924289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf787b4997b7840d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3c5ee6e3184236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6efabdade2924289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd8f7942d65e4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf787b4997b7840d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voestalpine 26</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AT0000A27LQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,835</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,830</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,865</x:t>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,865</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>99,860</x:t>
-        </x:is>
-[...499 lines deleted...]
-          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>